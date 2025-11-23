--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -550,81 +550,124 @@
         <w:t xml:space="preserve">date, lieu, nombre d’inscriptions X 5€ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47496FE8" w14:textId="77777777" w:rsidR="00801ECB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Dépense en blasons. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6756F7C9" w14:textId="77777777" w:rsidR="00801ECB" w:rsidRDefault="00801ECB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E6CD86D" w14:textId="3070B384" w:rsidR="00801ECB" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0E6CD86D" w14:textId="22976569" w:rsidR="00801ECB" w:rsidRPr="004B2AD4" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Déplacement </w:t>
       </w:r>
+      <w:r w:rsidR="004B2AD4">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>finales</w:t>
+      </w:r>
       <w:r w:rsidR="00077A87">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>compétition régionale et nationale</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> régionale</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2AD4">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00077A87">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et nationale</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2AD4">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77005E51" w14:textId="0C45BFDE" w:rsidR="004B2AD4" w:rsidRDefault="004B2AD4" w:rsidP="004B2AD4">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Ou dernières manches des : challenge, DR TNJ, Mixtes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B7917D" w14:textId="77777777" w:rsidR="00801ECB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Justificatif : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D550B41" w14:textId="77777777" w:rsidR="00801ECB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -776,83 +819,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="6F2F9F"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="6F2F9F"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE9FF01" w14:textId="77777777" w:rsidR="00801ECB" w:rsidRDefault="00801ECB">
-      <w:pPr>
-[...31 lines deleted...]
-    <w:p w14:paraId="152FF702" w14:textId="77777777" w:rsidR="005C7315" w:rsidRDefault="005C7315">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="347750DD" w14:textId="77777777" w:rsidR="00801ECB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
@@ -1125,54 +1135,54 @@
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
-    <w:charset w:val="01"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F7B042E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0B9E0366"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1630,70 +1640,73 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="825127070">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="734472451">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="507133427">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="934171811">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00801ECB"/>
     <w:rsid w:val="00077A87"/>
+    <w:rsid w:val="004B2AD4"/>
+    <w:rsid w:val="005252CD"/>
     <w:rsid w:val="005C7315"/>
     <w:rsid w:val="007B11C9"/>
     <w:rsid w:val="00801ECB"/>
     <w:rsid w:val="00A641BD"/>
+    <w:rsid w:val="00DC1BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="37098F08"/>
@@ -2314,60 +2327,60 @@
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>223</Words>
-  <Characters>1230</Characters>
+  <Words>230</Words>
+  <Characters>1271</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1451</CharactersWithSpaces>
+  <CharactersWithSpaces>1499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Utilisateur</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/core0.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>ordi</dc:creator>
   <dc:description/>
   <dc:language>fr-FR</dc:language>
   <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>